--- v0 (2025-10-21)
+++ v1 (2026-01-20)
@@ -1,114 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tags/tag2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/tags/tag11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
-  <Override PartName="/ppt/tags/tag12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483869" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId13"/>
+    <p:notesMasterId r:id="rId11"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
-    <p:sldId id="257" r:id="rId3"/>
-[...8 lines deleted...]
-    <p:sldId id="277" r:id="rId12"/>
+    <p:sldId id="271" r:id="rId3"/>
+    <p:sldId id="273" r:id="rId4"/>
+    <p:sldId id="261" r:id="rId5"/>
+    <p:sldId id="274" r:id="rId6"/>
+    <p:sldId id="262" r:id="rId7"/>
+    <p:sldId id="276" r:id="rId8"/>
+    <p:sldId id="275" r:id="rId9"/>
+    <p:sldId id="277" r:id="rId10"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:custDataLst>
-    <p:tags r:id="rId14"/>
+    <p:tags r:id="rId12"/>
   </p:custDataLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="el-GR"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -190,91 +184,91 @@
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="20016" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="71" d="100"/>
-          <a:sy n="71" d="100"/>
+          <a:sx n="90" d="100"/>
+          <a:sy n="90" d="100"/>
         </p:scale>
-        <p:origin x="220" y="36"/>
+        <p:origin x="96" y="53"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -319,51 +313,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DA62C41F-8495-425F-9758-A6A4A9F36151}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11-Dec-25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Θέση εικόνας διαφάνειας 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -588,51 +582,51 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10242" name="Θέση εικόνας διαφάνειας 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59D898A2-FB20-4A10-8A67-B6AA3A3A9B4D}"/>
@@ -848,51 +842,51 @@
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{DDDE4157-F7D1-4B6F-8189-8D5AE4E5AD30}" type="slidenum">
               <a:rPr lang="en-GB" altLang="el-GR" smtClean="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr/>
-              <a:t>3</a:t>
+              <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB" altLang="el-GR">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2622903229"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1121,51 +1115,51 @@
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Κάντε κλικ για να επεξεργαστείτε τον υπότιτλο του υποδείγματος</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1459,51 +1453,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Επεξεργασία στυλ υποδείγματος κειμένου</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1860,51 +1854,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Επεξεργασία στυλ υποδείγματος κειμένου</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2196,51 +2190,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Επεξεργασία στυλ υποδείγματος κειμένου</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2516,51 +2510,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Επεξεργασία στυλ υποδείγματος κειμένου</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2912,51 +2906,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Επεξεργασία στυλ υποδείγματος κειμένου</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3169,51 +3163,51 @@
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3431,51 +3425,51 @@
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3693,51 +3687,51 @@
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4022,51 +4016,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Επεξεργασία στυλ υποδείγματος κειμένου</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4345,51 +4339,51 @@
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -4802,51 +4796,51 @@
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Πέμπτου επιπέδου</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5007,51 +5001,51 @@
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Στυλ κύριου τίτλου</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5184,51 +5178,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5517,51 +5511,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Επεξεργασία στυλ υποδείγματος κειμένου</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5862,51 +5856,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="el-GR" smtClean="0"/>
               <a:t>Επεξεργασία στυλ υποδείγματος κειμένου</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7983,51 +7977,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="10361612" y="6130437"/>
             <a:ext cx="1146283" cy="370396"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="900">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{E21B3418-14C2-484E-9E81-E76388C2DC14}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>12/12/2021</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2589212" y="6135808"/>
             <a:ext cx="7619999" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8487,64 +8481,56 @@
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag8.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag10.xml"/></Relationships>
 </file>
@@ -8675,1259 +8661,51 @@
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1999519008"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000"/>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="slow"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
-[...829 lines deleted...]
-
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...375 lines deleted...]
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9219" name="3 - TextBox">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA414B81-E357-4120-86E2-907CD6931BC1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -14339,51 +13117,51 @@
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="335987746"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="1 - Τίτλος"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -14637,51 +13415,51 @@
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1903976124"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="1 - Τίτλος"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -15023,1328 +13801,104 @@
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1894827204"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
-[...1237 lines deleted...]
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Τίτλος 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1661020" y="587228"/>
             <a:ext cx="9692780" cy="721455"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="el-GR" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Εκπαιδευτικό Σενάριο: </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="el-GR" sz="3600" dirty="0" smtClean="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Νόμος του </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
@@ -16658,54 +14212,61 @@
               </a:rPr>
               <a:t>Ποια η σχέση της μεταβολής της παραμόρφωσης ενός ελατηρίου με τη μεταβολή της εφαρμοζόμενης δύναμης;  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="2200" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="118070877"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="1 - Τίτλος"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -17338,51 +14899,51 @@
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3960210315"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="1 - Τίτλος"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -17699,77 +15260,920 @@
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="441425989"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Τίτλος 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1811323" y="348348"/>
+            <a:ext cx="5881382" cy="868056"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3600" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Νόμος του </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Hooke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3600" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t> (2/2)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3600" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Θέση περιεχομένου 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1291905" y="1216404"/>
+            <a:ext cx="10061896" cy="5259897"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Φάση 3 (30’): Έρευνα</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" altLang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Σε </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>αυτή τη φάση οι μαθητές εμπλέκονται σε </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>κατευθυνόμενη </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>διερεύνηση</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>αρχικά επιχειρούν να κάνουν μια υπόθεση προκειμένου να απαντήσουν </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>το ερευνητικό ερώτημα. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Στη συνέχεια πειραματίζονται με τη βοήθεια προσομοίωσης, συλλέγουν στοιχεία και κατασκευάζουν γραφήματα τα οποία αποτελούν απεικονίσεις του νόμου του </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Hooke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Όλα αυτά συμβαίνουν με </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>τη βοήθεια του Φύλλου Εργασίας 1 (Δραστηριότητες 1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>&amp; </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Φάση 4 (10’): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" altLang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Συμπεράσματα</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Οι μαθητές κάθε ομάδας παρουσιάζουν τα ευρήματά τους στην ολομέλεια της τάξης. Συζητούνται οι ερμηνείες των γραφημάτων, ανταλλάσσονται σχετικές απόψεις και επιλέγονται, με τη βοήθεια του εκπαιδευτικού (εφόσον χρειάζεται) τα γραφήματα και οι ερμηνείες που αποτελούν ορθή «μετάφραση» του νόμου του </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Hooke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Επιπλέον</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, με βάση αυτή τη διαδικασία και επίσης με τη βοήθεια του εκπαιδευτικού, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>αναστοχάζονται</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> πάνω στις αρχικές τους απαντήσεις στα ερευνητικά ερωτήματα και διαπιστώνουν πιθανές αλλαγές στον τρόπο σκέψης τους αναφορικά με τον νόμο του </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Hooke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (Φύλλο Εργασίας 2, Δραστηριότητα 2).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2000" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1834805872"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Τίτλος 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="125835"/>
+            <a:ext cx="10515600" cy="1115737"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg2">
+                    <a:lumMod val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Διερευνητική προσέγγιση - Πειραματισμός</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3600" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="el-GR" sz="3600" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="el-GR" sz="3600" i="1" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a:rPr>
+              <a:t>Σχεδιαστικές απαιτήσεις για τον εκπαιδευτικό</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3600" i="1" dirty="0">
+              <a:effectLst>
+                <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                  <a:srgbClr val="000000">
+                    <a:alpha val="43137"/>
+                  </a:srgbClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Θέση περιεχομένου 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1367406" y="1484851"/>
+            <a:ext cx="9877337" cy="5310232"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="85000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" u="sng" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Πως επιλέγω κατάλληλο θέμα;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Χρειάζεται να λάβω υπόψη </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ότι </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>οι </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>μαθητές θα </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>πρέπει: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>να </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>κάνουν μια </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>υπόθεση</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> που περιλαμβάνει μεταβλητές (ή να θέσουν ένα ερώτημα) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>να </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>αξιοποιήσουν κάποια </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0">
+                <a:effectLst>
+                  <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
+                    <a:srgbClr val="000000">
+                      <a:alpha val="43137"/>
+                    </a:srgbClr>
+                  </a:outerShdw>
+                </a:effectLst>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>προσομοίωση</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> σε υπολογιστή στην οποία θα κάνουν έναν </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>μινι</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> πειραματισμό προκειμένου να συλλέξουν δεδομένα </a:t>
+            </a:r>
+            <a:endParaRPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>να </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ερμηνεύσουν αυτά τα δεδομένα προκειμένου να ελέγξουν αν επιβεβαιώνεται ή απορρίπτεται η αρχική τους υπόθεση</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="el-GR" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Γενικότερα επιλέγουμε θέματα που </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>δυσκολεύουν τους μαθητές</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>απαιτούν πειραματισμό και συλλογή/ανάλυση/ερμηνεία πραγματικών δεδομένων</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>υπάρχουν σχετικές ψηφιακές προσομοιώσεις που επιτρέπουν πειραματισμό, δοκιμή υποθέσεων, πολλαπλές επαναλήψεις &amp; ακίνδυνα </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t></a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              </a:rPr>
+              <a:t>Υπάρχει λογισμικό που επιτρέπει την ανάπτυξη πολλαπλών αναπαραστάσεων π.χ. λογιστικά φύλα για δημιουργία διαγραμμάτων</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="el-GR" sz="2400" dirty="0" smtClean="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2640675433"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
 <file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_PROJECT_OPEN" val="0"/>
   <p:tag name="ARTICULATE_SLIDE_COUNT" val="11"/>
   <p:tag name="ARTICULATE_DESIGN_ID_ΑΝΑΣΚΌΠΗΣΗ" val="DqgRzmHh"/>
   <p:tag name="ARTICULATE_DESIGN_ID_ΘΡΌΙΣΜΑ" val="0bTNqov1"/>
   <p:tag name="ARTICULATE_DESIGN_ID_ΘΈΜΑ ΤΟΥ OFFICE" val="2Gm4K2hs"/>
   <p:tag name="ARTICULATE_DESIGN_ID_GALLERY" val="cxwPOEVk"/>
   <p:tag name="ARTICULATE_DESIGN_ID_ΣΤΑΓΟΝΊΔΙΟ" val="AtlSFFIQ"/>
   <p:tag name="ARTICULATE_DESIGN_ID_ΚΟΜΜΆΤΙ" val="tDvDjwCB"/>
   <p:tag name="ARTICULATE_DESIGN_ID_ΌΨΗ" val="SE7EHzVQ"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag10.xml><?xml version="1.0" encoding="utf-8"?>
-<p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...10 lines deleted...]
-<file path=ppt/tags/tag12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -18287,101 +16691,99 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Wisp</Template>
   <TotalTime></TotalTime>
-  <Words>1076</Words>
+  <Words>933</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Ευρεία οθόνη</PresentationFormat>
-  <Paragraphs>118</Paragraphs>
-  <Slides>11</Slides>
+  <Paragraphs>79</Paragraphs>
+  <Slides>9</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Γραμματοσειρές που χρησιμοποιούνται</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Θέμα</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Τίτλοι διαφανειών</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="18" baseType="lpstr">
+    <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Century Gothic</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 3</vt:lpstr>
       <vt:lpstr>Θρόισμα</vt:lpstr>
       <vt:lpstr>Σύγχρονες διερευνητικές προσεγγίσεις</vt:lpstr>
-      <vt:lpstr>Τι είναι η Διερευνητική Μάθηση;</vt:lpstr>
       <vt:lpstr>Ανάλυση της διερευνητικής προσέγγισης σε 4 φάσεις</vt:lpstr>
       <vt:lpstr>Φάση 1η: Εμπλοκή-Προσανατολισμός</vt:lpstr>
       <vt:lpstr>Φάση 2η: Εννοιολόγηση &amp; Αναγνώριση Πρότερης Γνώσης</vt:lpstr>
-      <vt:lpstr>Οι 4 τύποι της Διερευνητικής Μάθησης </vt:lpstr>
-      <vt:lpstr>Νόμος του Hooke (1/2)</vt:lpstr>
+      <vt:lpstr>Εκπαιδευτικό Σενάριο: Νόμος του Hooke (1/2)</vt:lpstr>
       <vt:lpstr>Φάση 3η: Έρευνα σε δύο στάδια: Εξερεύνηση &amp; Πειραματισμός</vt:lpstr>
       <vt:lpstr>Φάση 4η: Συμπεράσματα</vt:lpstr>
       <vt:lpstr>Νόμος του Hooke (2/2)</vt:lpstr>
-      <vt:lpstr>Διερευνητική προσέγγιση Σχεδιαστικές απαιτήσεις για τον εκπαιδευτικό</vt:lpstr>
+      <vt:lpstr>Διερευνητική προσέγγιση - Πειραματισμός Σχεδιαστικές απαιτήσεις για τον εκπαιδευτικό</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Σύγχρονες διερευνητικές προσεγγίσεις</dc:title>
   <dc:creator>kpapanikolaou</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ArticulateGUID">
     <vt:lpwstr>02EC99C1-4909-455C-8FAF-C93AC1E709D2</vt:lpwstr>